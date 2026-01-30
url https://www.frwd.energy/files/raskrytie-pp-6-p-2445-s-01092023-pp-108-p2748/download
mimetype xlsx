--- v0 (2025-11-02)
+++ v1 (2026-01-30)
@@ -1,146 +1,159 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\OTO\Шаблоны для  ФСТ_РЭКов\Раскрытие информации\На сайт Фортум\п.24_45 ПП 6 _c 01.09.2023 п.27_48 ПП108\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Yu\Downloads\Attachments_Ksenia.Sinitsyna@frwd.energy_2025-11-18_12-45-34\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{103E8E9A-4CFF-4A1E-959E-FBBD1709B792}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="673" firstSheet="3" activeTab="13"/>
+    <workbookView xWindow="780" yWindow="0" windowWidth="27660" windowHeight="15480" tabRatio="673" firstSheet="5" activeTab="14" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ВС_2019" sheetId="6" r:id="rId1"/>
     <sheet name="ВО_2019" sheetId="5" r:id="rId2"/>
     <sheet name="ВС_2020" sheetId="3" r:id="rId3"/>
     <sheet name="ВО_2020" sheetId="4" r:id="rId4"/>
     <sheet name="ВС_2021" sheetId="11" r:id="rId5"/>
     <sheet name="ВО_2021" sheetId="12" r:id="rId6"/>
     <sheet name="ВС_2022" sheetId="9" r:id="rId7"/>
     <sheet name="ВО_2022" sheetId="10" r:id="rId8"/>
     <sheet name="ВС_2023" sheetId="13" r:id="rId9"/>
     <sheet name="ВО_2023" sheetId="14" r:id="rId10"/>
     <sheet name="ВС_2024" sheetId="15" r:id="rId11"/>
     <sheet name="ВО_2024" sheetId="16" r:id="rId12"/>
     <sheet name="ВС_2025" sheetId="17" r:id="rId13"/>
     <sheet name="ВО_2025" sheetId="18" r:id="rId14"/>
+    <sheet name="ВС_2026" sheetId="19" r:id="rId15"/>
+    <sheet name="ВО_2026" sheetId="20" r:id="rId16"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId15"/>
-    <externalReference r:id="rId16"/>
+    <externalReference r:id="rId17"/>
+    <externalReference r:id="rId18"/>
   </externalReferences>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B29" i="20" l="1"/>
+  <c r="B29" i="19"/>
+  <c r="B30" i="19" s="1"/>
   <c r="B29" i="18" l="1"/>
   <c r="B29" i="17"/>
   <c r="B30" i="17" s="1"/>
   <c r="B29" i="16" l="1"/>
   <c r="B29" i="15"/>
   <c r="B30" i="15" s="1"/>
   <c r="B29" i="14" l="1"/>
   <c r="B29" i="13"/>
   <c r="B29" i="12" l="1"/>
   <c r="B29" i="11"/>
   <c r="B29" i="10"/>
   <c r="B29" i="9"/>
   <c r="B29" i="4" l="1"/>
   <c r="B29" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1093" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1244" uniqueCount="121">
   <si>
     <t>Раскрытие информации</t>
   </si>
   <si>
     <t>Постановление Правительства РФ от 17.01.2013 N 6</t>
   </si>
   <si>
     <t>"О стандартах раскрытия информации в сфере водоснабжения и водоотведения"</t>
   </si>
   <si>
     <t>п. 24 Информация о порядке выполнения технологических, технических и других мероприятий, связанных с подключением к централизованной системе холодного водоснабжения</t>
   </si>
   <si>
     <t>Публичное акционерное общество «Фортум»</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Форма 2.12 Информация о порядке выполнения технологических, технических и других мероприятий, связанных с подключением к централизованной системе холодного водоснабжения</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color indexed="8"/>
@@ -588,55 +601,58 @@
     <r>
       <t xml:space="preserve"> Форма 10 Информация о порядке выполнения технологических, технических и других мероприятий, связанных с подключением к централизованной системе водоотведения</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color indexed="8"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t>09.11.2023</t>
   </si>
   <si>
     <t>12.11.2024</t>
   </si>
   <si>
     <t>п. 48 Информация о порядке выполнения технологических, технических и других мероприятий, связанных с подключением к централизованной системе водоотведения</t>
   </si>
+  <si>
+    <t>18.11.2025</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
@@ -960,51 +976,51 @@
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="16" applyBorder="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" applyBorder="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="99">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
@@ -1150,50 +1166,59 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="2" borderId="5" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1261,86 +1286,94 @@
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Гиперссылка" xfId="1" builtinId="8" customBuiltin="1"/>
-    <cellStyle name="ЗаголовокСтолбца" xfId="3"/>
+    <cellStyle name="ЗаголовокСтолбца" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
-    <cellStyle name="Обычный 10" xfId="4"/>
-[...1 lines deleted...]
-    <cellStyle name="Обычный_Мониторинг инвестиций" xfId="2"/>
+    <cellStyle name="Обычный 10" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Обычный_ЖКУ_проект3" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Обычный_Мониторинг инвестиций" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
@@ -1352,106 +1385,106 @@
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="4" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E81BD32B-484B-4EA5-917B-7F6BC30C4263}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="5" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{07F2FB28-F59E-40D5-A158-21B78D5C1805}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000005000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="6" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E92CB0B9-E32E-44DA-A6CB-81E98C5CDEF0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -1473,106 +1506,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="7" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{224B38AF-6E55-4CB1-9624-694F7655AD18}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000007000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7268633" y="4275667"/>
+          <a:off x="7076017" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="8" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3B5193E-6E05-47C8-9D4B-1112D7AC5A80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000008000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="9" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1D385C61-1571-43F8-B5A8-BAAED6B4E06F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -1594,106 +1627,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="10" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{63155D67-E8E8-47F0-87D6-BE5B5D0F4CF0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000A000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="11" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{741B7FF2-48DA-4F1D-B4AC-51AD34BA2D48}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000B000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="12" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{24C4779F-1381-4983-93E7-D55AEEAFD587}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-00000C000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -1725,106 +1758,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{560C67FE-9F3B-4E57-9973-3D156FD45ACC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83CAE95C-AE92-4560-9494-6664D9DCF503}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F296A6AE-7756-4040-986D-05C4F95A69E7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -1846,106 +1879,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8B70DD1-8AF0-42B1-96C7-EE7C2EEF771B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75A18172-68DA-48DA-BCD4-E3B244D1D52C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B51DDE25-1931-49DC-8228-66D16F7FF91E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -1967,106 +2000,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0B00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2098,106 +2131,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C630FD21-D7A2-4E71-A776-6B26DFCFE6AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="10951633" y="4275667"/>
+          <a:off x="10653183" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AC4A28B4-B8C2-4696-AF64-25F39149FD2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3C6C85B-A779-4D5C-9123-CFD1ADE01611}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2219,106 +2252,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37B8F398-97BA-4C4E-8A10-7E22A9E2C22A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="8504767" y="4275667"/>
+          <a:off x="8271933" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3C56427-D87A-4A97-A793-261DF41C2293}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0D751BAA-C02B-4933-8E2F-1C8C534A2911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2340,106 +2373,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="10951633" y="4470400"/>
+          <a:off x="10653183" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0C00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2471,106 +2504,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{560C67FE-9F3B-4E57-9973-3D156FD45ACC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83CAE95C-AE92-4560-9494-6664D9DCF503}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F296A6AE-7756-4040-986D-05C4F95A69E7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2592,106 +2625,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8B70DD1-8AF0-42B1-96C7-EE7C2EEF771B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75A18172-68DA-48DA-BCD4-E3B244D1D52C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B51DDE25-1931-49DC-8228-66D16F7FF91E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2713,106 +2746,852 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0D00-00000A000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="2" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10653183" y="4381500"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000004000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="190500" cy="190500"/>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="5" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="8271933" y="4381500"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000006000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000007000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="190500" cy="190500"/>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="8" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="10653183" y="4582583"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-000009000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0E00-00000A000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>228600</xdr:colOff>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>190500</xdr:rowOff>
+    </xdr:to>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="2" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9457267" y="4381500"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000004000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="190500" cy="190500"/>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="5" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000005000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9457267" y="4582583"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000006000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000007000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvPicPr preferRelativeResize="0">
+            <a:picLocks/>
+          </xdr:cNvPicPr>
+        </xdr:nvPicPr>
+        <xdr:blipFill>
+          <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+            <a:grayscl/>
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </xdr:blipFill>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13952685" y="1863942"/>
+            <a:ext cx="98171" cy="91476"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175">
+            <a:solidFill>
+              <a:srgbClr val="D9D9D9"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </xdr:spPr>
+      </xdr:pic>
+    </xdr:grpSp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="190500" cy="190500"/>
+    <xdr:grpSp>
+      <xdr:nvGrpSpPr>
+        <xdr:cNvPr id="8" name="shCalendar" hidden="1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000008000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGrpSpPr>
+          <a:grpSpLocks/>
+        </xdr:cNvGrpSpPr>
+      </xdr:nvGrpSpPr>
+      <xdr:grpSpPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9457267" y="4582583"/>
+          <a:ext cx="190500" cy="190500"/>
+          <a:chOff x="13896191" y="1813753"/>
+          <a:chExt cx="211023" cy="178845"/>
+        </a:xfrm>
+      </xdr:grpSpPr>
+      <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
+        <xdr:nvSpPr>
+          <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-000009000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
+          <xdr:cNvSpPr>
+            <a:spLocks noChangeArrowheads="1"/>
+          </xdr:cNvSpPr>
+        </xdr:nvSpPr>
+        <xdr:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="13896191" y="1813753"/>
+            <a:ext cx="211023" cy="178845"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="7F7F7F"/>
+          </a:solidFill>
+          <a:ln w="3175" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="595959"/>
+            </a:solidFill>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </xdr:spPr>
+      </xdr:sp>
+      <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
+        <xdr:nvPicPr>
+          <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0F00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2844,106 +3623,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="4" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A263CE51-7202-4BA4-ACDC-266E5AA291F3}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000004000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="5" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{70A7B732-D33D-4858-A697-A8AE42339907}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000005000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="6" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1DF3E55E-F750-41C3-BE22-333CCAFCDA37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -2965,106 +3744,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="7" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FBA2DB8E-3936-466A-BA5C-26D585FBFA6C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000007000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="8" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{955427C8-5B79-45D0-A3BD-3B6DAF18C9F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000008000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="9" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{129F8696-E675-49D7-BC3B-E5B456D4514F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3096,106 +3875,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5911723F-3402-4900-8E4E-5537A8EC8CB8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2B4C652A-5831-4CE8-84F4-85F0E0F9FCE6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C9998B2F-79C9-41ED-BFFF-9F6C5E766309}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3217,106 +3996,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4536C848-9A29-4198-AFDF-1DD50B4E94DD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7268633" y="4275667"/>
+          <a:off x="7076017" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{815CB12D-8C74-4BE7-B739-972527788FEE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1186592F-C221-4965-91BD-81C977AD4967}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3338,106 +4117,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3E760F6-1230-40C6-BE73-582FE9AF5E61}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{917E34AA-4CE5-49D4-AB22-AF599EA2FFAB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B1F8562B-4834-448C-B0A8-D4A5F77C4EC8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3469,106 +4248,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A020E31E-BED2-4F4C-AA1D-DEDA193F04F1}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{248C40A6-5D99-42D0-98BE-C737153B349B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{42E1052D-F137-45E1-8EC5-2AF394437925}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3590,106 +4369,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F98EDCD2-0397-4113-A0D8-F003B1276683}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{56696DC6-E324-4681-A339-70067152D6EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E3583978-66F4-4E04-8DBD-49A3FADE70AF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3721,106 +4500,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C630FD21-D7A2-4E71-A776-6B26DFCFE6AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AC4A28B4-B8C2-4696-AF64-25F39149FD2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3C6C85B-A779-4D5C-9123-CFD1ADE01611}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3842,106 +4621,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37B8F398-97BA-4C4E-8A10-7E22A9E2C22A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7268633" y="4275667"/>
+          <a:off x="7076017" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3C56427-D87A-4A97-A793-261DF41C2293}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0D751BAA-C02B-4933-8E2F-1C8C534A2911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -3963,106 +4742,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4094,106 +4873,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{560C67FE-9F3B-4E57-9973-3D156FD45ACC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83CAE95C-AE92-4560-9494-6664D9DCF503}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F296A6AE-7756-4040-986D-05C4F95A69E7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4215,106 +4994,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8B70DD1-8AF0-42B1-96C7-EE7C2EEF771B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75A18172-68DA-48DA-BCD4-E3B244D1D52C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B51DDE25-1931-49DC-8228-66D16F7FF91E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4346,106 +5125,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C630FD21-D7A2-4E71-A776-6B26DFCFE6AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AC4A28B4-B8C2-4696-AF64-25F39149FD2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3C6C85B-A779-4D5C-9123-CFD1ADE01611}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4467,106 +5246,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37B8F398-97BA-4C4E-8A10-7E22A9E2C22A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="7268633" y="4275667"/>
+          <a:off x="7076017" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3C56427-D87A-4A97-A793-261DF41C2293}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0D751BAA-C02B-4933-8E2F-1C8C534A2911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4588,106 +5367,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4719,106 +5498,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{560C67FE-9F3B-4E57-9973-3D156FD45ACC}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4275667"/>
+          <a:off x="9457267" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83CAE95C-AE92-4560-9494-6664D9DCF503}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F296A6AE-7756-4040-986D-05C4F95A69E7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4840,106 +5619,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8B70DD1-8AF0-42B1-96C7-EE7C2EEF771B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9715500" y="4470400"/>
+          <a:off x="9457267" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[2]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75A18172-68DA-48DA-BCD4-E3B244D1D52C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[2]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B51DDE25-1931-49DC-8228-66D16F7FF91E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0900-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -4971,106 +5750,106 @@
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>190500</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="2" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C630FD21-D7A2-4E71-A776-6B26DFCFE6AE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="10951633" y="4275667"/>
+          <a:off x="10653183" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="3" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AC4A28B4-B8C2-4696-AF64-25F39149FD2D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000003000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="4" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A3C6C85B-A779-4D5C-9123-CFD1ADE01611}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000004000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -5092,106 +5871,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="5" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37B8F398-97BA-4C4E-8A10-7E22A9E2C22A}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000005000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="8504767" y="4275667"/>
+          <a:off x="8271933" y="4381500"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="6" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3C56427-D87A-4A97-A793-261DF41C2293}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000006000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="7" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0D751BAA-C02B-4933-8E2F-1C8C534A2911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000007000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -5213,106 +5992,106 @@
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>38100</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="190500" cy="190500"/>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
         <xdr:cNvPr id="8" name="shCalendar" hidden="1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE411F37-C951-4B1A-B4FC-F44FCC56B11E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000008000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGrpSpPr>
           <a:grpSpLocks/>
         </xdr:cNvGrpSpPr>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr bwMode="auto">
         <a:xfrm>
-          <a:off x="10951633" y="4470400"/>
+          <a:off x="10653183" y="4582583"/>
           <a:ext cx="190500" cy="190500"/>
           <a:chOff x="13896191" y="1813753"/>
           <a:chExt cx="211023" cy="178845"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="[1]!modfrmDateChoose.CalendarShow" textlink="">
         <xdr:nvSpPr>
           <xdr:cNvPr id="9" name="shCalendar_bck" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{183199F8-E33E-40DA-9618-63609D7C5443}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-000009000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </xdr:cNvSpPr>
         </xdr:nvSpPr>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13896191" y="1813753"/>
             <a:ext cx="211023" cy="178845"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="7F7F7F"/>
           </a:solidFill>
           <a:ln w="3175" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="595959"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
       <xdr:pic macro="[1]!modfrmDateChoose.CalendarShow">
         <xdr:nvPicPr>
           <xdr:cNvPr id="10" name="shCalendar_1" descr="CalendarSmall.bmp" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C06328C-D99D-4F24-A808-81F103227473}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0A00-00000A000000}"/>
               </a:ext>
             </a:extLst>
           </xdr:cNvPr>
           <xdr:cNvPicPr preferRelativeResize="0">
             <a:picLocks/>
           </xdr:cNvPicPr>
         </xdr:nvPicPr>
         <xdr:blipFill>
           <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
             <a:grayscl/>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </xdr:blipFill>
         <xdr:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="13952685" y="1863942"/>
             <a:ext cx="98171" cy="91476"/>
@@ -5325,55 +6104,55 @@
             <a:solidFill>
               <a:srgbClr val="D9D9D9"/>
             </a:solidFill>
             <a:miter lim="800000"/>
             <a:headEnd/>
             <a:tailEnd/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </xdr:spPr>
       </xdr:pic>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/OTO/&#1064;&#1072;&#1073;&#1083;&#1086;&#1085;&#1099;%20&#1076;&#1083;&#1103;%20%20&#1060;&#1057;&#1058;_&#1056;&#1069;&#1050;&#1086;&#1074;/&#1056;&#1072;&#1089;&#1082;&#1088;&#1099;&#1090;&#1080;&#1077;%20&#1080;&#1085;&#1092;&#1086;&#1088;&#1084;&#1072;&#1094;&#1080;&#1080;/&#1045;&#1048;&#1040;&#1057;/JKH.OPEN.INFO.PRICE_&#1059;&#1090;&#1074;.&#1090;&#1072;&#1088;&#1080;&#1092;&#1099;/2020/&#1063;&#1077;&#1083;&#1103;&#1073;&#1080;&#1085;&#1089;&#1082;/&#1042;&#1057;%20&#1042;&#1054;/&#1055;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;/&#1055;&#1040;&#1054;%20&#1060;&#1086;&#1088;&#1090;&#1091;&#1084;_FAS.JKH.OPEN.INFO.PRICE.HVS(v1.0.2)_2020.xlsb" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///O:\OTO\&#1064;&#1072;&#1073;&#1083;&#1086;&#1085;&#1099;%20&#1076;&#1083;&#1103;%20%20&#1060;&#1057;&#1058;_&#1056;&#1069;&#1050;&#1086;&#1074;\&#1056;&#1072;&#1089;&#1082;&#1088;&#1099;&#1090;&#1080;&#1077;%20&#1080;&#1085;&#1092;&#1086;&#1088;&#1084;&#1072;&#1094;&#1080;&#1080;\&#1045;&#1048;&#1040;&#1057;\JKH.OPEN.INFO.PRICE_&#1059;&#1090;&#1074;.&#1090;&#1072;&#1088;&#1080;&#1092;&#1099;\2020\&#1063;&#1077;&#1083;&#1103;&#1073;&#1080;&#1085;&#1089;&#1082;\&#1042;&#1057;%20&#1042;&#1054;\&#1055;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;\&#1055;&#1040;&#1054;%20&#1060;&#1086;&#1088;&#1090;&#1091;&#1084;_FAS.JKH.OPEN.INFO.PRICE.HVS(v1.0.2)_2020.xlsb" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/OTO/&#1064;&#1072;&#1073;&#1083;&#1086;&#1085;&#1099;%20&#1076;&#1083;&#1103;%20%20&#1060;&#1057;&#1058;_&#1056;&#1069;&#1050;&#1086;&#1074;/&#1056;&#1072;&#1089;&#1082;&#1088;&#1099;&#1090;&#1080;&#1077;%20&#1080;&#1085;&#1092;&#1086;&#1088;&#1084;&#1072;&#1094;&#1080;&#1080;/&#1045;&#1048;&#1040;&#1057;/JKH.OPEN.INFO.PRICE_&#1059;&#1090;&#1074;.&#1090;&#1072;&#1088;&#1080;&#1092;&#1099;/2020/&#1063;&#1077;&#1083;&#1103;&#1073;&#1080;&#1085;&#1089;&#1082;/&#1042;&#1057;%20&#1042;&#1054;/&#1055;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;/&#1055;&#1040;&#1054;%20&#1060;&#1086;&#1088;&#1090;&#1091;&#1084;_FAS.JKH.OPEN.INFO.PRICE.VO(v1.0.2)_2020.xlsb" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///O:\OTO\&#1064;&#1072;&#1073;&#1083;&#1086;&#1085;&#1099;%20&#1076;&#1083;&#1103;%20%20&#1060;&#1057;&#1058;_&#1056;&#1069;&#1050;&#1086;&#1074;\&#1056;&#1072;&#1089;&#1082;&#1088;&#1099;&#1090;&#1080;&#1077;%20&#1080;&#1085;&#1092;&#1086;&#1088;&#1084;&#1072;&#1094;&#1080;&#1080;\&#1045;&#1048;&#1040;&#1057;\JKH.OPEN.INFO.PRICE_&#1059;&#1090;&#1074;.&#1090;&#1072;&#1088;&#1080;&#1092;&#1099;\2020\&#1063;&#1077;&#1083;&#1103;&#1073;&#1080;&#1085;&#1089;&#1082;\&#1042;&#1057;%20&#1042;&#1054;\&#1055;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;\&#1055;&#1040;&#1054;%20&#1060;&#1086;&#1088;&#1090;&#1091;&#1084;_FAS.JKH.OPEN.INFO.PRICE.VO(v1.0.2)_2020.xlsb" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="modList00"/>
       <sheetName val="Инструкция"/>
       <sheetName val="Лог обновления"/>
       <sheetName val="Титульный"/>
       <sheetName val="Территории"/>
       <sheetName val="Перечень тарифов"/>
       <sheetName val="Форма 1.0.1 | Т-тех"/>
       <sheetName val="Форма 2.2 | Т-тех"/>
       <sheetName val="Форма 1.0.1 | Т-транс"/>
       <sheetName val="Форма 2.2 | Т-транс"/>
       <sheetName val="Форма 1.0.1 | Т-подвоз"/>
       <sheetName val="Форма 2.2 | Т-подвоз"/>
       <sheetName val="Форма 1.0.1 | Т-пит"/>
       <sheetName val="Форма 2.2 | Т-пит"/>
       <sheetName val="Форма 1.0.1 | Т-подкл(инд)"/>
       <sheetName val="Форма 2.3 | Т-подкл(инд)"/>
       <sheetName val="Форма 1.0.1 | Т-подкл"/>
       <sheetName val="Форма 2.3 | Т-подкл"/>
       <sheetName val="Форма 1.0.1 | Форма 2.11"/>
@@ -5939,7038 +6718,7983 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eias.fstrf.ru/disclo/get_file?p_guid=1ead46e1-f0fd-4d02-8599-39589e65538f" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="6.%20&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1103;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eias.fstrf.ru/disclo/get_file?p_guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzenia-i-vodootvedenia" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="3.%20&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="2.%20&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1086;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1080;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eias.fstrf.ru/disclo/get_file?p_guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/files/perechen-dokumentov-i-svedeniyvsivo-0/download?attachment" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/files/forma-zayavki-na-podklyuchenievsivo-1/download?attachment" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings15.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/files/forma-zayavki-na-podklyuchenievsivo-1/download?attachment" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings16.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=6524bfc9-6c24-4203-99f6-23d1804d8a09" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frwd.energy/files/perechen-dokumentov-i-svedeniyvsivo-0/download?attachment" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" TargetMode="External"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="3.%20&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="2.%20&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1086;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1080;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzenia-i-vodootvedenia" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="6.%20&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1103;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="2.%20&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1086;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1080;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="6.%20&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1103;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="3.%20&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="3.%20&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="2.%20&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1086;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1080;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="6.%20&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1103;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1060;&#1086;&#1088;&#1084;&#1072;%20&#1079;&#1072;&#1103;&#1074;&#1082;&#1080;%20&#1085;&#1072;%20&#1087;&#1086;&#1076;&#1082;&#1083;&#1102;&#1095;&#1077;&#1085;&#1080;&#1077;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fortum.ru/raskrytie-informacii-v-sfere-vodosnabzheniya-i-vodootvedeniya" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1056;&#1077;&#1075;&#1083;&#1072;&#1084;&#1077;&#1085;&#1090;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="&#1055;&#1088;&#1080;&#1083;&#1086;&#1078;&#1077;&#1085;&#1080;&#1103;\&#1055;&#1077;&#1088;&#1077;&#1095;&#1077;&#1085;&#1100;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1086;&#1074;%20&#1080;%20&#1089;&#1074;&#1077;&#1076;&#1077;&#1085;&#1080;&#1081;_&#1042;&#1057;&#1080;&#1042;&#1054;.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView topLeftCell="A37" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="E47" sqref="E47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.6640625" style="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.109375" style="12"/>
+    <col min="1" max="1" width="5.7109375" style="12" customWidth="1"/>
+    <col min="2" max="2" width="60.7109375" style="12" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="12" customWidth="1"/>
+    <col min="6" max="6" width="90.7109375" style="12" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" style="12"/>
+    <col min="8" max="8" width="9.5703125" style="12" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="84" t="s">
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="84"/>
-[...6 lines deleted...]
-      <c r="A3" s="79" t="s">
+      <c r="B1" s="87"/>
+      <c r="C1" s="87"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="87"/>
+      <c r="F1" s="87"/>
+    </row>
+    <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="79"/>
-[...6 lines deleted...]
-      <c r="A4" s="79" t="s">
+      <c r="B3" s="82"/>
+      <c r="C3" s="82"/>
+      <c r="D3" s="82"/>
+      <c r="E3" s="82"/>
+      <c r="F3" s="82"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="79"/>
-[...6 lines deleted...]
-      <c r="A5" s="85" t="s">
+      <c r="B4" s="82"/>
+      <c r="C4" s="82"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B5" s="85"/>
-[...6 lines deleted...]
-      <c r="A7" s="84" t="s">
+      <c r="B5" s="88"/>
+      <c r="C5" s="88"/>
+      <c r="D5" s="88"/>
+      <c r="E5" s="88"/>
+      <c r="F5" s="88"/>
+    </row>
+    <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="84"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="B7" s="87"/>
+      <c r="C7" s="87"/>
+      <c r="D7" s="87"/>
+      <c r="E7" s="87"/>
+      <c r="F7" s="87"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I8" s="2"/>
     </row>
-    <row r="9" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="83" t="s">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="86" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="83"/>
-[...3 lines deleted...]
-      <c r="F9" s="83"/>
+      <c r="B9" s="86"/>
+      <c r="C9" s="86"/>
+      <c r="D9" s="86"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
       <c r="I9" s="2"/>
     </row>
-    <row r="10" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A10" s="79" t="s">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="79"/>
-[...3 lines deleted...]
-      <c r="F10" s="79"/>
+      <c r="B10" s="82"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
       <c r="I10" s="2"/>
     </row>
-    <row r="11" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F11" s="79"/>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="82"/>
+      <c r="B11" s="82"/>
+      <c r="C11" s="82"/>
+      <c r="D11" s="82"/>
+      <c r="E11" s="82"/>
+      <c r="F11" s="82"/>
       <c r="I11" s="2"/>
     </row>
-    <row r="12" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F12" s="79"/>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="82"/>
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
       <c r="I12" s="2"/>
     </row>
-    <row r="13" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I13" s="2"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A14" s="80" t="s">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="81"/>
-[...3 lines deleted...]
-      <c r="F14" s="64" t="s">
+      <c r="B14" s="84"/>
+      <c r="C14" s="84"/>
+      <c r="D14" s="84"/>
+      <c r="E14" s="85"/>
+      <c r="F14" s="67" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D15" s="80" t="s">
+      <c r="D15" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="E15" s="82"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="E15" s="85"/>
+      <c r="F15" s="69"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>1</v>
       </c>
-      <c r="B16" s="80" t="s">
+      <c r="B16" s="83" t="s">
         <v>12</v>
       </c>
-      <c r="C16" s="81"/>
-[...1 lines deleted...]
-      <c r="E16" s="82"/>
+      <c r="C16" s="84"/>
+      <c r="D16" s="84"/>
+      <c r="E16" s="85"/>
       <c r="F16" s="13"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5">
         <v>43459</v>
       </c>
       <c r="D17" s="5"/>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="69" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:6" ht="75" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>2</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="30" t="s">
         <v>100</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A20" s="64">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="67">
         <v>3</v>
       </c>
-      <c r="B20" s="70" t="s">
+      <c r="B20" s="73" t="s">
         <v>21</v>
       </c>
-      <c r="C20" s="71"/>
-[...28 lines deleted...]
-    <row r="24" spans="1:6" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="75"/>
+      <c r="F20" s="67"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="68"/>
+      <c r="B21" s="76"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="78"/>
+      <c r="F21" s="68"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="68"/>
+      <c r="B22" s="76"/>
+      <c r="C22" s="77"/>
+      <c r="D22" s="77"/>
+      <c r="E22" s="78"/>
+      <c r="F22" s="68"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="69"/>
+      <c r="B23" s="79"/>
+      <c r="C23" s="80"/>
+      <c r="D23" s="80"/>
+      <c r="E23" s="81"/>
+      <c r="F23" s="69"/>
+    </row>
+    <row r="24" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="64">
+    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="67">
         <v>4</v>
       </c>
-      <c r="B25" s="70" t="s">
+      <c r="B25" s="73" t="s">
         <v>25</v>
       </c>
-      <c r="C25" s="71"/>
-[...52 lines deleted...]
-    <row r="32" spans="1:6" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="C25" s="74"/>
+      <c r="D25" s="74"/>
+      <c r="E25" s="75"/>
+      <c r="F25" s="67"/>
+    </row>
+    <row r="26" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="68"/>
+      <c r="B26" s="76"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="77"/>
+      <c r="E26" s="78"/>
+      <c r="F26" s="68"/>
+    </row>
+    <row r="27" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="68"/>
+      <c r="B27" s="76"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
+      <c r="E27" s="78"/>
+      <c r="F27" s="68"/>
+    </row>
+    <row r="28" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="68"/>
+      <c r="B28" s="76"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="77"/>
+      <c r="E28" s="78"/>
+      <c r="F28" s="68"/>
+    </row>
+    <row r="29" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="68"/>
+      <c r="B29" s="76"/>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
+      <c r="E29" s="78"/>
+      <c r="F29" s="68"/>
+    </row>
+    <row r="30" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="68"/>
+      <c r="B30" s="76"/>
+      <c r="C30" s="77"/>
+      <c r="D30" s="77"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="68"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="69"/>
+      <c r="B31" s="79"/>
+      <c r="C31" s="80"/>
+      <c r="D31" s="80"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="69"/>
+    </row>
+    <row r="32" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="13" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="96.6" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:6" ht="105" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>30</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="13" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>5</v>
       </c>
-      <c r="B34" s="67" t="s">
+      <c r="B34" s="70" t="s">
         <v>31</v>
       </c>
-      <c r="C34" s="68"/>
-[...1 lines deleted...]
-      <c r="E34" s="69"/>
+      <c r="C34" s="71"/>
+      <c r="D34" s="71"/>
+      <c r="E34" s="72"/>
       <c r="F34" s="13"/>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="67" t="s">
+      <c r="B35" s="70" t="s">
         <v>33</v>
       </c>
-      <c r="C35" s="68"/>
-[...1 lines deleted...]
-      <c r="E35" s="69"/>
+      <c r="C35" s="71"/>
+      <c r="D35" s="71"/>
+      <c r="E35" s="72"/>
       <c r="F35" s="13"/>
     </row>
-    <row r="36" spans="1:6" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B37" s="67" t="s">
+      <c r="B37" s="70" t="s">
         <v>38</v>
       </c>
-      <c r="C37" s="68"/>
-[...1 lines deleted...]
-      <c r="E37" s="69"/>
+      <c r="C37" s="71"/>
+      <c r="D37" s="71"/>
+      <c r="E37" s="72"/>
       <c r="F37" s="13"/>
     </row>
-    <row r="38" spans="1:6" ht="82.8" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:6" ht="90" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B39" s="67" t="s">
+      <c r="B39" s="70" t="s">
         <v>43</v>
       </c>
-      <c r="C39" s="68"/>
-[...1 lines deleted...]
-      <c r="E39" s="69"/>
+      <c r="C39" s="71"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="72"/>
       <c r="F39" s="13"/>
     </row>
-    <row r="40" spans="1:6" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="64" t="s">
+    <row r="41" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="67" t="s">
         <v>47</v>
       </c>
-      <c r="B41" s="70" t="s">
+      <c r="B41" s="73" t="s">
         <v>48</v>
       </c>
-      <c r="C41" s="71"/>
-[...44 lines deleted...]
-    <row r="47" spans="1:6" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="75"/>
+      <c r="F41" s="67"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="68"/>
+      <c r="B42" s="76"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="68"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="68"/>
+      <c r="B43" s="76"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="68"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="68"/>
+      <c r="B44" s="76"/>
+      <c r="C44" s="77"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="78"/>
+      <c r="F44" s="68"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="68"/>
+      <c r="B45" s="76"/>
+      <c r="C45" s="77"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="78"/>
+      <c r="F45" s="68"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="69"/>
+      <c r="B46" s="79"/>
+      <c r="C46" s="80"/>
+      <c r="D46" s="80"/>
+      <c r="E46" s="81"/>
+      <c r="F46" s="69"/>
+    </row>
+    <row r="47" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>52</v>
       </c>
       <c r="E47" s="47" t="s">
         <v>102</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="16.8" x14ac:dyDescent="0.3">
-      <c r="A49" s="63" t="s">
+    <row r="49" spans="1:6" ht="18" x14ac:dyDescent="0.25">
+      <c r="A49" s="66" t="s">
         <v>53</v>
       </c>
-      <c r="B49" s="63"/>
-[...3 lines deleted...]
-      <c r="F49" s="63"/>
+      <c r="B49" s="66"/>
+      <c r="C49" s="66"/>
+      <c r="D49" s="66"/>
+      <c r="E49" s="66"/>
+      <c r="F49" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A10:F12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="F14:F15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="B20:E23"/>
     <mergeCell ref="F20:F23"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="A49:F49"/>
     <mergeCell ref="F25:F31"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="A41:A46"/>
     <mergeCell ref="B41:E46"/>
     <mergeCell ref="F41:F46"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="A25:A31"/>
     <mergeCell ref="B25:E31"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E19 E24 E47">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E19 E24 E47" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C18" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="E47" r:id="rId7" display="6. Регламент подключения.pdf"/>
+    <hyperlink ref="C18" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="D19" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="D24" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="D47" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="E19" r:id="rId5" display="2. Форма заявки о подключении.pdf" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId6" display="3. Перечень документов и сведений.pdf" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
+    <hyperlink ref="E47" r:id="rId7" display="6. Регламент подключения.pdf" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId8"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A10" sqref="A10:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="98" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="101" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="98"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="101"/>
+      <c r="C13" s="101"/>
+      <c r="D13" s="101"/>
+      <c r="E13" s="101"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101"/>
+      <c r="B14" s="101"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="101"/>
+      <c r="B15" s="101"/>
+      <c r="C15" s="101"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="101"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="54" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="52" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="55" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="52" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="53" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29" xr:uid="{00000000-0002-0000-0900-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24" xr:uid="{00000000-0002-0000-0900-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0900-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0900-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="E38" r:id="rId4"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0900-000000000000}"/>
+    <hyperlink ref="D24" location="'Форма 3.10'!$H$13" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" xr:uid="{00000000-0004-0000-0900-000001000000}"/>
+    <hyperlink ref="D23" location="'Форма 3.10'!$H$12" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" xr:uid="{00000000-0004-0000-0900-000002000000}"/>
+    <hyperlink ref="D26" location="'Форма 3.10'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0900-000003000000}"/>
+    <hyperlink ref="D38" location="'Форма 3.10'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0900-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0900-000005000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0900-000006000000}"/>
+    <hyperlink ref="E38" r:id="rId4" xr:uid="{00000000-0004-0000-0900-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:Y39"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A10" sqref="A10:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="3" width="53.7109375" style="14" customWidth="1"/>
+    <col min="4" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>107</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>108</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>109</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>110</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>111</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="58" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="56" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>117</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="56" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="57" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="78" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="194.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="194.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="34" t="str">
         <f>B29</f>
         <v>наименование НПА</v>
       </c>
       <c r="C30" s="35" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>5</v>
       </c>
-      <c r="B31" s="90" t="s">
+      <c r="B31" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C31" s="90"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="89" t="s">
+      <c r="B32" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B34" s="89" t="s">
+      <c r="B34" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C34" s="89"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="89" t="s">
+      <c r="B36" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C36" s="89"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
     </row>
-    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="41">
         <v>1</v>
       </c>
-      <c r="B39" s="91" t="s">
+      <c r="B39" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C39" s="91"/>
-[...1 lines deleted...]
-      <c r="E39" s="91"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0A00-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0A00-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24" xr:uid="{00000000-0002-0000-0A00-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C30 B28 B37 B33:C33 B35:C35">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C30 B28 B37 B33:C33 B35:C35" xr:uid="{00000000-0002-0000-0A00-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="D23" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="D24" r:id="rId5"/>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0A00-000000000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0A00-000001000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0A00-000002000000}"/>
+    <hyperlink ref="C23" r:id="rId4" xr:uid="{00000000-0004-0000-0A00-000003000000}"/>
+    <hyperlink ref="D24" r:id="rId5" xr:uid="{00000000-0004-0000-0A00-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:Y39"/>
   <sheetViews>
     <sheetView topLeftCell="A34" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A10" sqref="A10:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>107</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>109</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>116</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="79" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>111</v>
       </c>
-      <c r="B13" s="79"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="58" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="56" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>117</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="56" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="57" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="280.8" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="299.25" x14ac:dyDescent="0.25">
       <c r="A30" s="27" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="35" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>5</v>
       </c>
-      <c r="B31" s="90" t="s">
+      <c r="B31" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C31" s="90"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="89" t="s">
+      <c r="B32" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B34" s="89" t="s">
+      <c r="B34" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C34" s="89"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="89" t="s">
+      <c r="B36" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C36" s="89"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
     </row>
-    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="41">
         <v>1</v>
       </c>
-      <c r="B39" s="91" t="s">
+      <c r="B39" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C39" s="91"/>
-[...1 lines deleted...]
-      <c r="E39" s="91"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="18">
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B32:E32"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B36:E36"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0B00-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0B00-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E24 D23:D24 D26:E26">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E24 D23:D24 D26:E26" xr:uid="{00000000-0002-0000-0B00-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B35:C35 B30:C30 B28 B37 B33:C33 B23:C23 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B35:C35 B30:C30 B28 B37 B33:C33 B23:C23 C28:C29" xr:uid="{00000000-0002-0000-0B00-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="D23" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="E26" r:id="rId5"/>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0B00-000000000000}"/>
+    <hyperlink ref="C23" r:id="rId2" xr:uid="{00000000-0004-0000-0B00-000001000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0B00-000002000000}"/>
+    <hyperlink ref="D24" r:id="rId4" xr:uid="{00000000-0004-0000-0B00-000003000000}"/>
+    <hyperlink ref="E26" r:id="rId5" xr:uid="{00000000-0004-0000-0B00-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:Y39"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="3" width="53.7109375" style="14" customWidth="1"/>
+    <col min="4" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>107</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>108</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>109</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>110</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>111</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="62" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="60" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>118</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="60" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="61" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="78" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="78.75" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="194.4" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="194.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="34" t="str">
         <f>B29</f>
         <v>наименование НПА</v>
       </c>
       <c r="C30" s="35" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>5</v>
       </c>
-      <c r="B31" s="90" t="s">
+      <c r="B31" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C31" s="90"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="89" t="s">
+      <c r="B32" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B34" s="89" t="s">
+      <c r="B34" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C34" s="89"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="89" t="s">
+      <c r="B36" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C36" s="89"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
     </row>
-    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="41">
         <v>1</v>
       </c>
-      <c r="B39" s="91" t="s">
+      <c r="B39" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C39" s="91"/>
-[...1 lines deleted...]
-      <c r="E39" s="91"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="B27:E27"/>
-[...3 lines deleted...]
-    <mergeCell ref="B36:E36"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="B36:E36"/>
+    <mergeCell ref="A12:E12"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
-    <mergeCell ref="A12:E12"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C30 B28 B37 B33:C33 B35:C35">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C30 B28 B37 B33:C33 B35:C35" xr:uid="{00000000-0002-0000-0C00-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24" xr:uid="{00000000-0002-0000-0C00-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0C00-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0C00-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="D23" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="D24" r:id="rId5"/>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0C00-000000000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0C00-000001000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0C00-000002000000}"/>
+    <hyperlink ref="C23" r:id="rId4" xr:uid="{00000000-0004-0000-0C00-000003000000}"/>
+    <hyperlink ref="D24" r:id="rId5" xr:uid="{00000000-0004-0000-0C00-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:Y39"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A13" sqref="A13:E15"/>
+    <sheetView topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C17" sqref="C17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>107</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>119</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>109</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>116</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="79" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>111</v>
       </c>
-      <c r="B13" s="79"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="62" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="60" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="59" t="s">
         <v>118</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="60" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="61" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>113</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="280.8" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="299.25" x14ac:dyDescent="0.25">
       <c r="A30" s="27" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C30" s="35" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E30" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="27">
         <v>5</v>
       </c>
-      <c r="B31" s="90" t="s">
+      <c r="B31" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C31" s="90"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B32" s="89" t="s">
+      <c r="B32" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C32" s="89"/>
-[...3 lines deleted...]
-    <row r="33" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B33" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D33" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E33" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B34" s="89" t="s">
+      <c r="B34" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C34" s="89"/>
-[...3 lines deleted...]
-    <row r="35" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C35" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E35" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B36" s="89" t="s">
+      <c r="B36" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C36" s="89"/>
-[...3 lines deleted...]
-    <row r="37" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G38" s="40"/>
       <c r="H38" s="40"/>
     </row>
-    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="41">
         <v>1</v>
       </c>
-      <c r="B39" s="91" t="s">
+      <c r="B39" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C39" s="91"/>
-[...1 lines deleted...]
-      <c r="E39" s="91"/>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="18">
-    <mergeCell ref="B27:E27"/>
-[...3 lines deleted...]
-    <mergeCell ref="B36:E36"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="B36:E36"/>
+    <mergeCell ref="A12:E12"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
-    <mergeCell ref="A12:E12"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B35:C35 B30:C30 B28 B37 B33:C33 B23:C23 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B35:C35 B30:C30 B28 B37 B33:C33 B23:C23 C28:C29" xr:uid="{00000000-0002-0000-0D00-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E24 D23:D24 D26:E26">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E24 D23:D24 D26:E26" xr:uid="{00000000-0002-0000-0D00-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0D00-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0D00-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="D23" r:id="rId1"/>
-[...3 lines deleted...]
-    <hyperlink ref="E26" r:id="rId5"/>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0D00-000000000000}"/>
+    <hyperlink ref="C23" r:id="rId2" xr:uid="{00000000-0004-0000-0D00-000001000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0D00-000002000000}"/>
+    <hyperlink ref="D24" r:id="rId4" xr:uid="{00000000-0004-0000-0D00-000003000000}"/>
+    <hyperlink ref="E26" r:id="rId5" xr:uid="{00000000-0004-0000-0D00-000004000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0E00-000000000000}">
+  <dimension ref="A1:Y39"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="3" width="53.7109375" style="14" customWidth="1"/>
+    <col min="4" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+      <c r="L1" s="16"/>
+      <c r="Y1" s="17"/>
+    </row>
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
+        <v>107</v>
+      </c>
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
+        <v>108</v>
+      </c>
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
+        <v>109</v>
+      </c>
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="H11" s="19"/>
+    </row>
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+      <c r="H12" s="19"/>
+    </row>
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+      <c r="H13" s="19"/>
+    </row>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+      <c r="H14" s="19"/>
+    </row>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+      <c r="H15" s="19"/>
+    </row>
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="H16" s="19"/>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="20"/>
+      <c r="B17" s="20"/>
+      <c r="C17" s="20"/>
+      <c r="D17" s="20"/>
+      <c r="E17" s="21"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="65" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="99" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="25">
+        <v>1</v>
+      </c>
+      <c r="B21" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="63" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" s="59" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A23" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B23" s="63" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>2</v>
+      </c>
+      <c r="B24" s="64" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="E24" s="47" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>3</v>
+      </c>
+      <c r="B25" s="93" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="54.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B26" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D26" s="30" t="s">
+        <v>113</v>
+      </c>
+      <c r="E26" s="47" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>4</v>
+      </c>
+      <c r="B27" s="93" t="s">
+        <v>25</v>
+      </c>
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="34" t="str">
+        <f>B28</f>
+        <v>наименование НПА</v>
+      </c>
+      <c r="C29" s="35" t="s">
+        <v>30</v>
+      </c>
+      <c r="D29" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="194.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="34" t="str">
+        <f>B29</f>
+        <v>наименование НПА</v>
+      </c>
+      <c r="C30" s="35" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27">
+        <v>5</v>
+      </c>
+      <c r="B31" s="93" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="92" t="s">
+        <v>33</v>
+      </c>
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="C33" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B34" s="92" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" s="37" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="92" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B37" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="C37" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E37" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="H37" s="15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="G38" s="40"/>
+      <c r="H38" s="40"/>
+    </row>
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="41">
+        <v>1</v>
+      </c>
+      <c r="B39" s="94" t="s">
+        <v>90</v>
+      </c>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
+    </row>
+  </sheetData>
+  <mergeCells count="18">
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="A13:E15"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="B36:E36"/>
+  </mergeCells>
+  <dataValidations count="4">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0E00-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0E00-000001000000}">
+      <formula1>"a"</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24" xr:uid="{00000000-0002-0000-0E00-000002000000}">
+      <formula1>900</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C30 B28 B37 B33:C33 B35:C35" xr:uid="{00000000-0002-0000-0E00-000003000000}">
+      <formula1>900</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0E00-000000000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0E00-000001000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0E00-000002000000}"/>
+    <hyperlink ref="C23" r:id="rId4" xr:uid="{00000000-0004-0000-0E00-000003000000}"/>
+    <hyperlink ref="D24" r:id="rId5" xr:uid="{00000000-0004-0000-0E00-000004000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
+  <drawing r:id="rId7"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0F00-000000000000}">
+  <dimension ref="A1:Y39"/>
+  <sheetViews>
+    <sheetView topLeftCell="A31" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E24" sqref="E24"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
+      <c r="L1" s="16"/>
+      <c r="Y1" s="17"/>
+    </row>
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
+        <v>0</v>
+      </c>
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
+        <v>107</v>
+      </c>
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
+        <v>2</v>
+      </c>
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
+        <v>119</v>
+      </c>
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
+        <v>109</v>
+      </c>
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
+        <v>116</v>
+      </c>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="65" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" s="99" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="25">
+        <v>1</v>
+      </c>
+      <c r="B21" s="96" t="s">
+        <v>12</v>
+      </c>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="27" t="s">
+        <v>73</v>
+      </c>
+      <c r="B22" s="63" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" s="59" t="s">
+        <v>120</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A23" s="27" t="s">
+        <v>76</v>
+      </c>
+      <c r="B23" s="63" t="s">
+        <v>77</v>
+      </c>
+      <c r="C23" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="48" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A24" s="27">
+        <v>2</v>
+      </c>
+      <c r="B24" s="64" t="s">
+        <v>56</v>
+      </c>
+      <c r="C24" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D24" s="47" t="s">
+        <v>79</v>
+      </c>
+      <c r="E24" s="47" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="27">
+        <v>3</v>
+      </c>
+      <c r="B25" s="93" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A26" s="27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B26" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="D26" s="47" t="s">
+        <v>113</v>
+      </c>
+      <c r="E26" s="47" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="27">
+        <v>4</v>
+      </c>
+      <c r="B27" s="93" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A28" s="27" t="s">
+        <v>84</v>
+      </c>
+      <c r="B28" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E28" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
+      <c r="A29" s="27" t="s">
+        <v>86</v>
+      </c>
+      <c r="B29" s="34" t="str">
+        <f>B28</f>
+        <v>наименование НПА</v>
+      </c>
+      <c r="C29" s="35" t="s">
+        <v>59</v>
+      </c>
+      <c r="D29" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" ht="299.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="27" t="s">
+        <v>114</v>
+      </c>
+      <c r="B30" s="34" t="s">
+        <v>85</v>
+      </c>
+      <c r="C30" s="35" t="s">
+        <v>115</v>
+      </c>
+      <c r="D30" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="27">
+        <v>5</v>
+      </c>
+      <c r="B31" s="93" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" s="92" t="s">
+        <v>61</v>
+      </c>
+      <c r="C32" s="92"/>
+      <c r="D32" s="92"/>
+      <c r="E32" s="92"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="27" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="37" t="s">
+        <v>35</v>
+      </c>
+      <c r="C33" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="D33" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E33" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="B34" s="92" t="s">
+        <v>62</v>
+      </c>
+      <c r="C34" s="92"/>
+      <c r="D34" s="92"/>
+      <c r="E34" s="92"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B35" s="37" t="s">
+        <v>40</v>
+      </c>
+      <c r="C35" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="D35" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="29" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="27" t="s">
+        <v>42</v>
+      </c>
+      <c r="B36" s="92" t="s">
+        <v>63</v>
+      </c>
+      <c r="C36" s="92"/>
+      <c r="D36" s="92"/>
+      <c r="E36" s="92"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="B37" s="37" t="s">
+        <v>45</v>
+      </c>
+      <c r="C37" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="D37" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E37" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="H37" s="15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="G38" s="40"/>
+      <c r="H38" s="40"/>
+    </row>
+    <row r="39" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="41">
+        <v>1</v>
+      </c>
+      <c r="B39" s="94" t="s">
+        <v>91</v>
+      </c>
+      <c r="C39" s="94"/>
+      <c r="D39" s="94"/>
+      <c r="E39" s="94"/>
+    </row>
+  </sheetData>
+  <mergeCells count="18">
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="B39:E39"/>
+    <mergeCell ref="A13:E15"/>
+    <mergeCell ref="A18:E18"/>
+    <mergeCell ref="D19:E19"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="B21:E21"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="B27:E27"/>
+    <mergeCell ref="B31:E31"/>
+    <mergeCell ref="B32:E32"/>
+    <mergeCell ref="B34:E34"/>
+    <mergeCell ref="B36:E36"/>
+  </mergeCells>
+  <dataValidations count="4">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0F00-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C37" xr:uid="{00000000-0002-0000-0F00-000001000000}">
+      <formula1>"a"</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E24 D23:D24 D26:E26" xr:uid="{00000000-0002-0000-0F00-000002000000}">
+      <formula1>900</formula1>
+    </dataValidation>
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B35:C35 B30:C30 B28 B37 B33:C33 B23:C23 C28:C29" xr:uid="{00000000-0002-0000-0F00-000003000000}">
+      <formula1>900</formula1>
+    </dataValidation>
+  </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="D23" r:id="rId1" xr:uid="{00000000-0004-0000-0F00-000000000000}"/>
+    <hyperlink ref="C23" r:id="rId2" xr:uid="{00000000-0004-0000-0F00-000001000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0F00-000002000000}"/>
+    <hyperlink ref="D24" r:id="rId4" xr:uid="{00000000-0004-0000-0F00-000003000000}"/>
+    <hyperlink ref="E26" r:id="rId5" xr:uid="{00000000-0004-0000-0F00-000004000000}"/>
+    <hyperlink ref="D26" r:id="rId6" xr:uid="{00000000-0004-0000-0F00-000005000000}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId7"/>
+  <drawing r:id="rId8"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I49"/>
   <sheetViews>
     <sheetView topLeftCell="A37" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A7" sqref="A7:F7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.6640625" style="12" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.109375" style="12"/>
+    <col min="1" max="1" width="5.7109375" style="12" customWidth="1"/>
+    <col min="2" max="2" width="60.7109375" style="12" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="12" customWidth="1"/>
+    <col min="6" max="6" width="90.7109375" style="12" customWidth="1"/>
+    <col min="7" max="7" width="9.140625" style="12"/>
+    <col min="8" max="8" width="9.5703125" style="12" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="A1" s="84" t="s">
+    <row r="1" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A1" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="84"/>
-[...6 lines deleted...]
-      <c r="A3" s="79" t="s">
+      <c r="B1" s="87"/>
+      <c r="C1" s="87"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="87"/>
+      <c r="F1" s="87"/>
+    </row>
+    <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A3" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="79"/>
-[...6 lines deleted...]
-      <c r="A4" s="79" t="s">
+      <c r="B3" s="82"/>
+      <c r="C3" s="82"/>
+      <c r="D3" s="82"/>
+      <c r="E3" s="82"/>
+      <c r="F3" s="82"/>
+    </row>
+    <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A4" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="79"/>
-[...6 lines deleted...]
-      <c r="A5" s="85" t="s">
+      <c r="B4" s="82"/>
+      <c r="C4" s="82"/>
+      <c r="D4" s="82"/>
+      <c r="E4" s="82"/>
+      <c r="F4" s="82"/>
+    </row>
+    <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B5" s="85"/>
-[...6 lines deleted...]
-      <c r="A7" s="84" t="s">
+      <c r="B5" s="88"/>
+      <c r="C5" s="88"/>
+      <c r="D5" s="88"/>
+      <c r="E5" s="88"/>
+      <c r="F5" s="88"/>
+    </row>
+    <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="84"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="B7" s="87"/>
+      <c r="C7" s="87"/>
+      <c r="D7" s="87"/>
+      <c r="E7" s="87"/>
+      <c r="F7" s="87"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I8" s="2"/>
     </row>
-    <row r="9" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A9" s="83" t="s">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="86" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="83"/>
-[...3 lines deleted...]
-      <c r="F9" s="83"/>
+      <c r="B9" s="86"/>
+      <c r="C9" s="86"/>
+      <c r="D9" s="86"/>
+      <c r="E9" s="86"/>
+      <c r="F9" s="86"/>
       <c r="I9" s="2"/>
     </row>
-    <row r="10" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-      <c r="A10" s="79" t="s">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="79"/>
-[...3 lines deleted...]
-      <c r="F10" s="79"/>
+      <c r="B10" s="82"/>
+      <c r="C10" s="82"/>
+      <c r="D10" s="82"/>
+      <c r="E10" s="82"/>
+      <c r="F10" s="82"/>
       <c r="I10" s="2"/>
     </row>
-    <row r="11" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F11" s="79"/>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A11" s="82"/>
+      <c r="B11" s="82"/>
+      <c r="C11" s="82"/>
+      <c r="D11" s="82"/>
+      <c r="E11" s="82"/>
+      <c r="F11" s="82"/>
       <c r="I11" s="2"/>
     </row>
-    <row r="12" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F12" s="79"/>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="82"/>
+      <c r="B12" s="82"/>
+      <c r="C12" s="82"/>
+      <c r="D12" s="82"/>
+      <c r="E12" s="82"/>
+      <c r="F12" s="82"/>
       <c r="I12" s="2"/>
     </row>
-    <row r="13" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="I13" s="2"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
-      <c r="A14" s="80" t="s">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="83" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="81"/>
-[...3 lines deleted...]
-      <c r="F14" s="64" t="s">
+      <c r="B14" s="84"/>
+      <c r="C14" s="84"/>
+      <c r="D14" s="84"/>
+      <c r="E14" s="85"/>
+      <c r="F14" s="67" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="15" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="D15" s="80" t="s">
+      <c r="D15" s="83" t="s">
         <v>11</v>
       </c>
-      <c r="E15" s="82"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="E15" s="85"/>
+      <c r="F15" s="69"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A16" s="3">
         <v>1</v>
       </c>
-      <c r="B16" s="80" t="s">
+      <c r="B16" s="83" t="s">
         <v>12</v>
       </c>
-      <c r="C16" s="81"/>
-[...1 lines deleted...]
-      <c r="E16" s="82"/>
+      <c r="C16" s="84"/>
+      <c r="D16" s="84"/>
+      <c r="E16" s="85"/>
       <c r="F16" s="13"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5">
         <v>43459</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="69" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:6" ht="75" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>103</v>
       </c>
       <c r="E18" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="13" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="3">
         <v>2</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>56</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>20</v>
       </c>
       <c r="E19" s="30" t="s">
         <v>100</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="20" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A20" s="64">
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="67">
         <v>3</v>
       </c>
-      <c r="B20" s="70" t="s">
+      <c r="B20" s="73" t="s">
         <v>57</v>
       </c>
-      <c r="C20" s="71"/>
-[...28 lines deleted...]
-    <row r="24" spans="1:6" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+      <c r="E20" s="75"/>
+      <c r="F20" s="67"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="68"/>
+      <c r="B21" s="76"/>
+      <c r="C21" s="77"/>
+      <c r="D21" s="77"/>
+      <c r="E21" s="78"/>
+      <c r="F21" s="68"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="68"/>
+      <c r="B22" s="76"/>
+      <c r="C22" s="77"/>
+      <c r="D22" s="77"/>
+      <c r="E22" s="78"/>
+      <c r="F22" s="68"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="69"/>
+      <c r="B23" s="79"/>
+      <c r="C23" s="80"/>
+      <c r="D23" s="80"/>
+      <c r="E23" s="81"/>
+      <c r="F23" s="69"/>
+    </row>
+    <row r="24" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="11" t="s">
         <v>24</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>101</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="64">
+    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="67">
         <v>4</v>
       </c>
-      <c r="B25" s="70" t="s">
+      <c r="B25" s="73" t="s">
         <v>58</v>
       </c>
-      <c r="C25" s="71"/>
-[...52 lines deleted...]
-    <row r="32" spans="1:6" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="C25" s="74"/>
+      <c r="D25" s="74"/>
+      <c r="E25" s="75"/>
+      <c r="F25" s="67"/>
+    </row>
+    <row r="26" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="68"/>
+      <c r="B26" s="76"/>
+      <c r="C26" s="77"/>
+      <c r="D26" s="77"/>
+      <c r="E26" s="78"/>
+      <c r="F26" s="68"/>
+    </row>
+    <row r="27" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="68"/>
+      <c r="B27" s="76"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
+      <c r="E27" s="78"/>
+      <c r="F27" s="68"/>
+    </row>
+    <row r="28" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="68"/>
+      <c r="B28" s="76"/>
+      <c r="C28" s="77"/>
+      <c r="D28" s="77"/>
+      <c r="E28" s="78"/>
+      <c r="F28" s="68"/>
+    </row>
+    <row r="29" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="68"/>
+      <c r="B29" s="76"/>
+      <c r="C29" s="77"/>
+      <c r="D29" s="77"/>
+      <c r="E29" s="78"/>
+      <c r="F29" s="68"/>
+    </row>
+    <row r="30" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="68"/>
+      <c r="B30" s="76"/>
+      <c r="C30" s="77"/>
+      <c r="D30" s="77"/>
+      <c r="E30" s="78"/>
+      <c r="F30" s="68"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="69"/>
+      <c r="B31" s="79"/>
+      <c r="C31" s="80"/>
+      <c r="D31" s="80"/>
+      <c r="E31" s="81"/>
+      <c r="F31" s="69"/>
+    </row>
+    <row r="32" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>28</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="13" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="33" spans="1:6" ht="96.6" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:6" ht="105" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C33" s="8" t="s">
         <v>59</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="13" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="34" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" s="3">
         <v>5</v>
       </c>
-      <c r="B34" s="86" t="s">
+      <c r="B34" s="89" t="s">
         <v>60</v>
       </c>
-      <c r="C34" s="87"/>
-[...1 lines deleted...]
-      <c r="E34" s="88"/>
+      <c r="C34" s="90"/>
+      <c r="D34" s="90"/>
+      <c r="E34" s="91"/>
       <c r="F34" s="13"/>
     </row>
-    <row r="35" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A35" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="86" t="s">
+      <c r="B35" s="89" t="s">
         <v>61</v>
       </c>
-      <c r="C35" s="87"/>
-[...1 lines deleted...]
-      <c r="E35" s="88"/>
+      <c r="C35" s="90"/>
+      <c r="D35" s="90"/>
+      <c r="E35" s="91"/>
       <c r="F35" s="13"/>
     </row>
-    <row r="36" spans="1:6" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F36" s="13" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="37" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="3" t="s">
         <v>37</v>
       </c>
-      <c r="B37" s="67" t="s">
+      <c r="B37" s="70" t="s">
         <v>62</v>
       </c>
-      <c r="C37" s="68"/>
-[...1 lines deleted...]
-      <c r="E37" s="69"/>
+      <c r="C37" s="71"/>
+      <c r="D37" s="71"/>
+      <c r="E37" s="72"/>
       <c r="F37" s="13"/>
     </row>
-    <row r="38" spans="1:6" ht="82.8" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:6" ht="90" x14ac:dyDescent="0.25">
       <c r="A38" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>41</v>
       </c>
       <c r="D38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="13" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="39" spans="1:6" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="B39" s="67" t="s">
+      <c r="B39" s="70" t="s">
         <v>63</v>
       </c>
-      <c r="C39" s="68"/>
-[...1 lines deleted...]
-      <c r="E39" s="69"/>
+      <c r="C39" s="71"/>
+      <c r="D39" s="71"/>
+      <c r="E39" s="72"/>
       <c r="F39" s="13"/>
     </row>
-    <row r="40" spans="1:6" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A40" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="13" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="41" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A41" s="64" t="s">
+    <row r="41" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="67" t="s">
         <v>47</v>
       </c>
-      <c r="B41" s="70" t="s">
+      <c r="B41" s="73" t="s">
         <v>64</v>
       </c>
-      <c r="C41" s="71"/>
-[...44 lines deleted...]
-    <row r="47" spans="1:6" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="C41" s="74"/>
+      <c r="D41" s="74"/>
+      <c r="E41" s="75"/>
+      <c r="F41" s="67"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="68"/>
+      <c r="B42" s="76"/>
+      <c r="C42" s="77"/>
+      <c r="D42" s="77"/>
+      <c r="E42" s="78"/>
+      <c r="F42" s="68"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="68"/>
+      <c r="B43" s="76"/>
+      <c r="C43" s="77"/>
+      <c r="D43" s="77"/>
+      <c r="E43" s="78"/>
+      <c r="F43" s="68"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="68"/>
+      <c r="B44" s="76"/>
+      <c r="C44" s="77"/>
+      <c r="D44" s="77"/>
+      <c r="E44" s="78"/>
+      <c r="F44" s="68"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="68"/>
+      <c r="B45" s="76"/>
+      <c r="C45" s="77"/>
+      <c r="D45" s="77"/>
+      <c r="E45" s="78"/>
+      <c r="F45" s="68"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="69"/>
+      <c r="B46" s="79"/>
+      <c r="C46" s="80"/>
+      <c r="D46" s="80"/>
+      <c r="E46" s="81"/>
+      <c r="F46" s="69"/>
+    </row>
+    <row r="47" spans="1:6" ht="60" x14ac:dyDescent="0.25">
       <c r="A47" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>65</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>51</v>
       </c>
       <c r="D47" s="11" t="s">
         <v>52</v>
       </c>
       <c r="E47" s="47" t="s">
         <v>102</v>
       </c>
       <c r="F47" s="13" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="49" spans="1:6" ht="16.8" x14ac:dyDescent="0.3">
-      <c r="A49" s="63" t="s">
+    <row r="49" spans="1:6" ht="18" x14ac:dyDescent="0.25">
+      <c r="A49" s="66" t="s">
         <v>66</v>
       </c>
-      <c r="B49" s="63"/>
-[...3 lines deleted...]
-      <c r="F49" s="63"/>
+      <c r="B49" s="66"/>
+      <c r="C49" s="66"/>
+      <c r="D49" s="66"/>
+      <c r="E49" s="66"/>
+      <c r="F49" s="66"/>
     </row>
   </sheetData>
   <mergeCells count="25">
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A10:F12"/>
     <mergeCell ref="A14:E14"/>
     <mergeCell ref="F14:F15"/>
     <mergeCell ref="B16:E16"/>
     <mergeCell ref="A20:A23"/>
     <mergeCell ref="B20:E23"/>
     <mergeCell ref="F20:F23"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="A49:F49"/>
     <mergeCell ref="F25:F31"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B39:E39"/>
     <mergeCell ref="A41:A46"/>
     <mergeCell ref="B41:E46"/>
     <mergeCell ref="F41:F46"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="A25:A31"/>
     <mergeCell ref="B25:E31"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E19 E24 E47">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="E19 E24 E47" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C18" r:id="rId1"/>
-[...2 lines deleted...]
-    <hyperlink ref="E47" r:id="rId4" display="6. Регламент подключения.pdf"/>
+    <hyperlink ref="C18" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
+    <hyperlink ref="E19" r:id="rId2" display="2. Форма заявки о подключении.pdf" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
+    <hyperlink ref="E24" r:id="rId3" display="3. Перечень документов и сведений.pdf" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
+    <hyperlink ref="E47" r:id="rId4" display="6. Регламент подключения.pdf" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A31" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="E38" sqref="E38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="28" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="46" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="28" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="30" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>48</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0200-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38" xr:uid="{00000000-0002-0000-0200-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34" xr:uid="{00000000-0002-0000-0200-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="E38" r:id="rId5" display="6. Регламент подключения.pdf"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0200-000000000000}"/>
+    <hyperlink ref="D24" location="'Форма 2.12'!$H$13" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" xr:uid="{00000000-0004-0000-0200-000001000000}"/>
+    <hyperlink ref="D23" r:id="rId2" xr:uid="{00000000-0004-0000-0200-000002000000}"/>
+    <hyperlink ref="D26" location="'Форма 2.12'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0200-000003000000}"/>
+    <hyperlink ref="D38" location="'Форма 2.12'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0200-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId3" display="2. Форма заявки о подключении.pdf" xr:uid="{00000000-0004-0000-0200-000005000000}"/>
+    <hyperlink ref="E26" r:id="rId4" display="3. Перечень документов и сведений.pdf" xr:uid="{00000000-0004-0000-0200-000006000000}"/>
+    <hyperlink ref="E38" r:id="rId5" display="6. Регламент подключения.pdf" xr:uid="{00000000-0004-0000-0200-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="D38" sqref="D38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="98" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="101" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="98"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="101"/>
+      <c r="C13" s="101"/>
+      <c r="D13" s="101"/>
+      <c r="E13" s="101"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101"/>
+      <c r="B14" s="101"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="101"/>
+      <c r="B15" s="101"/>
+      <c r="C15" s="101"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="101"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="22" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="36" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="46" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="36" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="32" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="30" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0300-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0300-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24" xr:uid="{00000000-0002-0000-0300-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29" xr:uid="{00000000-0002-0000-0300-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="E38" r:id="rId4" display="6. Регламент подключения.pdf"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0300-000000000000}"/>
+    <hyperlink ref="D24" location="'Форма 3.10'!$H$13" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" xr:uid="{00000000-0004-0000-0300-000001000000}"/>
+    <hyperlink ref="D23" location="'Форма 3.10'!$H$12" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" xr:uid="{00000000-0004-0000-0300-000002000000}"/>
+    <hyperlink ref="D26" location="'Форма 3.10'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0300-000003000000}"/>
+    <hyperlink ref="D38" location="'Форма 3.10'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0300-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId2" display="2. Форма заявки о подключении.pdf" xr:uid="{00000000-0004-0000-0300-000005000000}"/>
+    <hyperlink ref="E26" r:id="rId3" display="3. Перечень документов и сведений.pdf" xr:uid="{00000000-0004-0000-0300-000006000000}"/>
+    <hyperlink ref="E38" r:id="rId4" display="6. Регламент подключения.pdf" xr:uid="{00000000-0004-0000-0300-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A25" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="G21" sqref="G21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="51" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="49" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="46" t="s">
         <v>104</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="49" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="50" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>48</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38" xr:uid="{00000000-0002-0000-0400-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0400-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0400-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="E38" r:id="rId5"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0400-000000000000}"/>
+    <hyperlink ref="D23" r:id="rId2" xr:uid="{00000000-0004-0000-0400-000001000000}"/>
+    <hyperlink ref="D26" location="'Форма 2.12'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0400-000002000000}"/>
+    <hyperlink ref="D38" location="'Форма 2.12'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0400-000003000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0400-000004000000}"/>
+    <hyperlink ref="E26" r:id="rId4" xr:uid="{00000000-0004-0000-0400-000005000000}"/>
+    <hyperlink ref="E38" r:id="rId5" xr:uid="{00000000-0004-0000-0400-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A31" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="98" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="101" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="98"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="101"/>
+      <c r="C13" s="101"/>
+      <c r="D13" s="101"/>
+      <c r="E13" s="101"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101"/>
+      <c r="B14" s="101"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="101"/>
+      <c r="B15" s="101"/>
+      <c r="C15" s="101"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="101"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="51" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="49" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="46" t="s">
         <v>104</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="49" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="50" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29" xr:uid="{00000000-0002-0000-0500-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24" xr:uid="{00000000-0002-0000-0500-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0500-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0500-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="E38" r:id="rId4"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
+    <hyperlink ref="D24" location="'Форма 3.10'!$H$13" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" xr:uid="{00000000-0004-0000-0500-000001000000}"/>
+    <hyperlink ref="D23" location="'Форма 3.10'!$H$12" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" xr:uid="{00000000-0004-0000-0500-000002000000}"/>
+    <hyperlink ref="D26" location="'Форма 3.10'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0500-000003000000}"/>
+    <hyperlink ref="D38" location="'Форма 3.10'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0500-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0500-000005000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0500-000006000000}"/>
+    <hyperlink ref="E38" r:id="rId4" xr:uid="{00000000-0004-0000-0500-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="45" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="43" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="55" t="s">
         <v>105</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="44" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>48</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0600-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0600-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38" xr:uid="{00000000-0002-0000-0600-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34" xr:uid="{00000000-0002-0000-0600-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="E38" r:id="rId5"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0600-000000000000}"/>
+    <hyperlink ref="D23" r:id="rId2" xr:uid="{00000000-0004-0000-0600-000001000000}"/>
+    <hyperlink ref="D26" location="'Форма 2.12'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0600-000002000000}"/>
+    <hyperlink ref="D38" location="'Форма 2.12'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0600-000003000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0600-000004000000}"/>
+    <hyperlink ref="E26" r:id="rId4" xr:uid="{00000000-0004-0000-0600-000005000000}"/>
+    <hyperlink ref="E38" r:id="rId5" xr:uid="{00000000-0004-0000-0600-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A13" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="C22" sqref="C22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="42" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...6 lines deleted...]
-      <c r="A12" s="84" t="s">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="42" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:25" s="42" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>99</v>
       </c>
-      <c r="B12" s="84"/>
-[...5 lines deleted...]
-      <c r="A13" s="98" t="s">
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
+    </row>
+    <row r="13" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="101" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="98"/>
-[...21 lines deleted...]
-      <c r="A18" s="92" t="s">
+      <c r="B13" s="101"/>
+      <c r="C13" s="101"/>
+      <c r="D13" s="101"/>
+      <c r="E13" s="101"/>
+    </row>
+    <row r="14" spans="1:25" s="42" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="101"/>
+      <c r="B14" s="101"/>
+      <c r="C14" s="101"/>
+      <c r="D14" s="101"/>
+      <c r="E14" s="101"/>
+    </row>
+    <row r="15" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="101"/>
+      <c r="B15" s="101"/>
+      <c r="C15" s="101"/>
+      <c r="D15" s="101"/>
+      <c r="E15" s="101"/>
+    </row>
+    <row r="16" spans="1:25" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="17" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="45" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="43" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="55" t="s">
         <v>105</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="43" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="44" t="s">
         <v>56</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>58</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>59</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>60</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>61</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>62</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>63</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>64</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>65</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>91</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0700-000000000000}"/>
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0700-000001000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D38:E38 D26:E26 D23:D24 E24" xr:uid="{00000000-0002-0000-0700-000002000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B34:C34 B23:C23 B28 B36 B32:C32 B38 C28:C29" xr:uid="{00000000-0002-0000-0700-000003000000}">
       <formula1>900</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...6 lines deleted...]
-    <hyperlink ref="E38" r:id="rId4"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0700-000000000000}"/>
+    <hyperlink ref="D24" location="'Форма 3.10'!$H$13" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=0efddb54-de96-439a-a101-c69c01381b10" xr:uid="{00000000-0004-0000-0700-000001000000}"/>
+    <hyperlink ref="D23" location="'Форма 3.10'!$H$12" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=d31bd216-bbac-4f86-ba7d-72a45284efa6" xr:uid="{00000000-0004-0000-0700-000002000000}"/>
+    <hyperlink ref="D26" location="'Форма 3.10'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0700-000003000000}"/>
+    <hyperlink ref="D38" location="'Форма 3.10'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0700-000004000000}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{00000000-0004-0000-0700-000005000000}"/>
+    <hyperlink ref="E26" r:id="rId3" xr:uid="{00000000-0004-0000-0700-000006000000}"/>
+    <hyperlink ref="E38" r:id="rId4" xr:uid="{00000000-0004-0000-0700-000007000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:Y40"/>
   <sheetViews>
     <sheetView topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A10" sqref="A10:E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="10.5546875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.33203125" style="14" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="16384" width="10.5546875" style="14"/>
+    <col min="1" max="1" width="6.28515625" style="14" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="63.42578125" style="14" customWidth="1"/>
+    <col min="3" max="5" width="35.7109375" style="14" customWidth="1"/>
+    <col min="6" max="6" width="10.5703125" style="14"/>
+    <col min="7" max="8" width="10.5703125" style="15"/>
+    <col min="9" max="16384" width="10.5703125" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:25" hidden="1" x14ac:dyDescent="0.25">
       <c r="L1" s="16"/>
       <c r="Y1" s="17"/>
     </row>
-    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-      <c r="A4" s="84" t="s">
+    <row r="2" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="3" spans="1:25" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="87" t="s">
         <v>0</v>
       </c>
-      <c r="B4" s="84"/>
-[...6 lines deleted...]
-      <c r="A6" s="79" t="s">
+      <c r="B4" s="87"/>
+      <c r="C4" s="87"/>
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+    </row>
+    <row r="5" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="6" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="82" t="s">
         <v>1</v>
       </c>
-      <c r="B6" s="79"/>
-[...5 lines deleted...]
-      <c r="A7" s="79" t="s">
+      <c r="B6" s="82"/>
+      <c r="C6" s="82"/>
+      <c r="D6" s="82"/>
+      <c r="E6" s="82"/>
+    </row>
+    <row r="7" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="82" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="79"/>
-[...5 lines deleted...]
-      <c r="A8" s="85" t="s">
+      <c r="B7" s="82"/>
+      <c r="C7" s="82"/>
+      <c r="D7" s="82"/>
+      <c r="E7" s="82"/>
+    </row>
+    <row r="8" spans="1:25" s="18" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="88" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="85"/>
-[...6 lines deleted...]
-      <c r="A10" s="84" t="s">
+      <c r="B8" s="88"/>
+      <c r="C8" s="88"/>
+      <c r="D8" s="88"/>
+      <c r="E8" s="88"/>
+    </row>
+    <row r="9" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="87" t="s">
         <v>4</v>
       </c>
-      <c r="B10" s="84"/>
-[...4 lines deleted...]
-    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+    </row>
+    <row r="11" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H11" s="19"/>
     </row>
-    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="84" t="s">
+    <row r="12" spans="1:25" s="18" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="87" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="84"/>
-[...2 lines deleted...]
-      <c r="E12" s="84"/>
+      <c r="B12" s="87"/>
+      <c r="C12" s="87"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="87"/>
       <c r="H12" s="19"/>
     </row>
-    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="79" t="s">
+    <row r="13" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="82" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="79"/>
-[...2 lines deleted...]
-      <c r="E13" s="79"/>
+      <c r="B13" s="82"/>
+      <c r="C13" s="82"/>
+      <c r="D13" s="82"/>
+      <c r="E13" s="82"/>
       <c r="H13" s="19"/>
     </row>
-    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E14" s="79"/>
+    <row r="14" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="82"/>
+      <c r="B14" s="82"/>
+      <c r="C14" s="82"/>
+      <c r="D14" s="82"/>
+      <c r="E14" s="82"/>
       <c r="H14" s="19"/>
     </row>
-    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="E15" s="79"/>
+    <row r="15" spans="1:25" s="18" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="82"/>
+      <c r="B15" s="82"/>
+      <c r="C15" s="82"/>
+      <c r="D15" s="82"/>
+      <c r="E15" s="82"/>
       <c r="H15" s="19"/>
     </row>
-    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:25" s="18" customFormat="1" x14ac:dyDescent="0.25">
       <c r="H16" s="19"/>
     </row>
-    <row r="17" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="20"/>
       <c r="C17" s="20"/>
       <c r="D17" s="20"/>
       <c r="E17" s="21"/>
     </row>
-    <row r="18" spans="1:8" x14ac:dyDescent="0.3">
-      <c r="A18" s="92" t="s">
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="95" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="92"/>
-[...4 lines deleted...]
-    <row r="19" spans="1:8" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="B18" s="95"/>
+      <c r="C18" s="95"/>
+      <c r="D18" s="95"/>
+      <c r="E18" s="95"/>
+    </row>
+    <row r="19" spans="1:8" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A19" s="54" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C19" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="D19" s="94" t="s">
+      <c r="D19" s="97" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="95"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E19" s="98"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A20" s="24" t="s">
         <v>69</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C20" s="24" t="s">
         <v>71</v>
       </c>
-      <c r="D20" s="96" t="s">
+      <c r="D20" s="99" t="s">
         <v>72</v>
       </c>
-      <c r="E20" s="97"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="E20" s="100"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="25">
         <v>1</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="96" t="s">
         <v>12</v>
       </c>
-      <c r="C21" s="93"/>
-[...1 lines deleted...]
-      <c r="E21" s="93"/>
+      <c r="C21" s="96"/>
+      <c r="D21" s="96"/>
+      <c r="E21" s="96"/>
       <c r="G21" s="26"/>
       <c r="H21" s="26"/>
     </row>
-    <row r="22" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="27" t="s">
         <v>73</v>
       </c>
       <c r="B22" s="52" t="s">
         <v>74</v>
       </c>
       <c r="C22" s="55" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A23" s="27" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="52" t="s">
         <v>77</v>
       </c>
       <c r="C23" s="30" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="27">
         <v>2</v>
       </c>
       <c r="B24" s="53" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D24" s="30" t="s">
         <v>79</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="27">
         <v>3</v>
       </c>
-      <c r="B25" s="90" t="s">
+      <c r="B25" s="93" t="s">
         <v>21</v>
       </c>
-      <c r="C25" s="90"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C25" s="93"/>
+      <c r="D25" s="93"/>
+      <c r="E25" s="93"/>
+    </row>
+    <row r="26" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A26" s="27" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>23</v>
       </c>
       <c r="C26" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D26" s="30" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" ht="120.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="27">
         <v>4</v>
       </c>
-      <c r="B27" s="90" t="s">
+      <c r="B27" s="93" t="s">
         <v>25</v>
       </c>
-      <c r="C27" s="90"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C27" s="93"/>
+      <c r="D27" s="93"/>
+      <c r="E27" s="93"/>
+    </row>
+    <row r="28" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A28" s="27" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="34" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="35" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E28" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="109.2" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" ht="110.25" x14ac:dyDescent="0.25">
       <c r="A29" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="34" t="str">
         <f>B28</f>
         <v>наименование НПА</v>
       </c>
       <c r="C29" s="35" t="s">
         <v>30</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E29" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="27">
         <v>5</v>
       </c>
-      <c r="B30" s="90" t="s">
+      <c r="B30" s="93" t="s">
         <v>31</v>
       </c>
-      <c r="C30" s="90"/>
-[...3 lines deleted...]
-    <row r="31" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C30" s="93"/>
+      <c r="D30" s="93"/>
+      <c r="E30" s="93"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A31" s="27" t="s">
         <v>87</v>
       </c>
-      <c r="B31" s="89" t="s">
+      <c r="B31" s="92" t="s">
         <v>33</v>
       </c>
-      <c r="C31" s="89"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C31" s="92"/>
+      <c r="D31" s="92"/>
+      <c r="E31" s="92"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A32" s="27" t="s">
         <v>34</v>
       </c>
       <c r="B32" s="37" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="35" t="s">
         <v>36</v>
       </c>
       <c r="D32" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="27" t="s">
         <v>37</v>
       </c>
-      <c r="B33" s="89" t="s">
+      <c r="B33" s="92" t="s">
         <v>38</v>
       </c>
-      <c r="C33" s="89"/>
-[...3 lines deleted...]
-    <row r="34" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C33" s="92"/>
+      <c r="D33" s="92"/>
+      <c r="E33" s="92"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A34" s="27" t="s">
         <v>39</v>
       </c>
       <c r="B34" s="37" t="s">
         <v>40</v>
       </c>
       <c r="C34" s="35" t="s">
         <v>41</v>
       </c>
       <c r="D34" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E34" s="29" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="27" t="s">
         <v>42</v>
       </c>
-      <c r="B35" s="89" t="s">
+      <c r="B35" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="C35" s="89"/>
-[...3 lines deleted...]
-    <row r="36" spans="1:8" x14ac:dyDescent="0.3">
+      <c r="C35" s="92"/>
+      <c r="D35" s="92"/>
+      <c r="E35" s="92"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A36" s="27" t="s">
         <v>44</v>
       </c>
       <c r="B36" s="37" t="s">
         <v>45</v>
       </c>
       <c r="C36" s="38" t="s">
         <v>46</v>
       </c>
       <c r="D36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="29" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="27" t="s">
         <v>47</v>
       </c>
-      <c r="B37" s="90" t="s">
+      <c r="B37" s="93" t="s">
         <v>48</v>
       </c>
-      <c r="C37" s="90"/>
-[...3 lines deleted...]
-    <row r="38" spans="1:8" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="C37" s="93"/>
+      <c r="D37" s="93"/>
+      <c r="E37" s="93"/>
+    </row>
+    <row r="38" spans="1:8" ht="47.25" x14ac:dyDescent="0.25">
       <c r="A38" s="27" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="33" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="29" t="s">
         <v>51</v>
       </c>
       <c r="D38" s="30" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="47" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="39" customFormat="1" x14ac:dyDescent="0.25">
       <c r="G39" s="40"/>
       <c r="H39" s="40"/>
     </row>
-    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="41">
         <v>1</v>
       </c>
-      <c r="B40" s="91" t="s">
+      <c r="B40" s="94" t="s">
         <v>90</v>
       </c>
-      <c r="C40" s="91"/>
-[...1 lines deleted...]
-      <c r="E40" s="91"/>
+      <c r="C40" s="94"/>
+      <c r="D40" s="94"/>
+      <c r="E40" s="94"/>
     </row>
   </sheetData>
   <mergeCells count="19">
     <mergeCell ref="B40:E40"/>
     <mergeCell ref="B27:E27"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="B31:E31"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="B37:E37"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A10:E10"/>
     <mergeCell ref="A12:E12"/>
     <mergeCell ref="A13:E15"/>
     <mergeCell ref="A18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="B21:E21"/>
   </mergeCells>
   <dataValidations count="4">
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" sqref="B26 B23:C23 C28:C29 B28 B36 B32:C32 B38 B34:C34" xr:uid="{00000000-0002-0000-0800-000000000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38">
+    <dataValidation type="textLength" operator="lessThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Ошибка" error="Допускается ввод не более 900 символов!" prompt="Введите ссылку на обосновывающие материалы, загруженные с помощью &quot;ЕИАС Мониторинг&quot;." sqref="D26:E26 E24 D23:D24 D38:E38" xr:uid="{00000000-0002-0000-0800-000001000000}">
       <formula1>900</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36">
+    <dataValidation type="list" allowBlank="1" showDropDown="1" showInputMessage="1" showErrorMessage="1" error="для выбора выполните двойной щелчок по ячейке" prompt="Для выбора выполните двойной щелчок левой клавиши мыши по соответствующей ячейке." sqref="C36" xr:uid="{00000000-0002-0000-0800-000002000000}">
       <formula1>"a"</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="Выберите дату из календаря (иконка справа от указанной ячейки), либо введите дату непосредственно в ячейку в формате - 'ДД.ММ.ГГГГ'." sqref="C22" xr:uid="{00000000-0002-0000-0800-000003000000}"/>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="C23" r:id="rId1"/>
-[...5 lines deleted...]
-    <hyperlink ref="E38" r:id="rId5"/>
+    <hyperlink ref="C23" r:id="rId1" xr:uid="{00000000-0004-0000-0800-000000000000}"/>
+    <hyperlink ref="D23" r:id="rId2" xr:uid="{00000000-0004-0000-0800-000001000000}"/>
+    <hyperlink ref="D26" location="'Форма 2.12'!$H$15" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=1ead46e1-f0fd-4d02-8599-39589e65538f" xr:uid="{00000000-0004-0000-0800-000002000000}"/>
+    <hyperlink ref="D38" location="'Форма 2.12'!$H$32" tooltip="Кликните по гиперссылке, чтобы перейти по гиперссылке или отредактировать её" display="https://portal.eias.ru/Portal/DownloadPage.aspx?type=12&amp;guid=7f90fea1-d4a5-49d9-a4a0-ac62d2812331" xr:uid="{00000000-0004-0000-0800-000003000000}"/>
+    <hyperlink ref="E24" r:id="rId3" xr:uid="{00000000-0004-0000-0800-000004000000}"/>
+    <hyperlink ref="E26" r:id="rId4" xr:uid="{00000000-0004-0000-0800-000005000000}"/>
+    <hyperlink ref="E38" r:id="rId5" xr:uid="{00000000-0004-0000-0800-000006000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId6"/>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>ВС_2019</vt:lpstr>
       <vt:lpstr>ВО_2019</vt:lpstr>
       <vt:lpstr>ВС_2020</vt:lpstr>
       <vt:lpstr>ВО_2020</vt:lpstr>
       <vt:lpstr>ВС_2021</vt:lpstr>
       <vt:lpstr>ВО_2021</vt:lpstr>
       <vt:lpstr>ВС_2022</vt:lpstr>
       <vt:lpstr>ВО_2022</vt:lpstr>
       <vt:lpstr>ВС_2023</vt:lpstr>
       <vt:lpstr>ВО_2023</vt:lpstr>
       <vt:lpstr>ВС_2024</vt:lpstr>
       <vt:lpstr>ВО_2024</vt:lpstr>
       <vt:lpstr>ВС_2025</vt:lpstr>
       <vt:lpstr>ВО_2025</vt:lpstr>
+      <vt:lpstr>ВС_2026</vt:lpstr>
+      <vt:lpstr>ВО_2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Semenovskaya Maria</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_f45044c0-b6aa-4b2b-834d-65c9ef8bb134_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_f45044c0-b6aa-4b2b-834d-65c9ef8bb134_SetDate">